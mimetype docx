--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -5,51 +5,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C365ADA" w14:textId="77777777" w:rsidR="007A6128" w:rsidRDefault="007A6128" w:rsidP="007A6128">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE5846">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ANEXO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C482A25" w14:textId="77777777" w:rsidR="007A6128" w:rsidRDefault="007A6128" w:rsidP="007A6128">
@@ -1510,152 +1510,176 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00206D98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>: ___</w:t>
-[...15 lines deleted...]
-        <w:t>_______</w:t>
+        <w:t>: _________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC9DAA0" w14:textId="77777777" w:rsidR="007A6128" w:rsidRPr="007A6128" w:rsidRDefault="007A6128" w:rsidP="007A6128"/>
     <w:p w14:paraId="675954AB" w14:textId="0E8E8180" w:rsidR="007A6128" w:rsidRDefault="007A6128" w:rsidP="007A6128">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="128C68AE" w14:textId="77777777" w:rsidR="007A6128" w:rsidRPr="007A6128" w:rsidRDefault="007A6128" w:rsidP="007A6128">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A6128">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IMPORTANTE: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FA1DC1" w14:textId="5C1451A1" w:rsidR="007A6128" w:rsidRPr="007A6128" w:rsidRDefault="007A6128" w:rsidP="007A6128">
+    <w:p w14:paraId="11FA1DC1" w14:textId="784B1C91" w:rsidR="007A6128" w:rsidRPr="007A6128" w:rsidRDefault="007A6128" w:rsidP="007A6128">
       <w:r w:rsidRPr="007A6128">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fecha de inscripción: Del 13 al 24 Noviembre 2023</w:t>
+        <w:t xml:space="preserve">Fecha de inscripción: Del </w:t>
+      </w:r>
+      <w:r w:rsidR="00007F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00007F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A6128">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Noviembre 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00007F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007A6128" w:rsidRPr="007A6128" w:rsidSect="00E5700E">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="702" w:footer="566" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20D21972" w14:textId="77777777" w:rsidR="00641786" w:rsidRDefault="00641786">
+    <w:p w14:paraId="1EFB772B" w14:textId="77777777" w:rsidR="00A81028" w:rsidRDefault="00A81028">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C9C1D26" w14:textId="77777777" w:rsidR="00641786" w:rsidRDefault="00641786">
+    <w:p w14:paraId="0E60B324" w14:textId="77777777" w:rsidR="00A81028" w:rsidRDefault="00A81028">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1680,93 +1704,93 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="77293F8A" w14:textId="77777777" w:rsidR="001048BA" w:rsidRPr="00BA271E" w:rsidRDefault="001048BA" w:rsidP="001048BA">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA271E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Dirección de Servicios de Salud</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="04779BAE" w14:textId="77777777" w:rsidR="001048BA" w:rsidRPr="00BA271E" w:rsidRDefault="007A6128" w:rsidP="001048BA">
+  <w:p w14:paraId="04779BAE" w14:textId="77777777" w:rsidR="001048BA" w:rsidRPr="00BA271E" w:rsidRDefault="001048BA" w:rsidP="001048BA">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="001048BA" w:rsidRPr="00BA271E">
+      <w:r w:rsidRPr="00BA271E">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dss.correspondencia@misalud.go.cr</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="001048BA" w:rsidRPr="00BA271E">
+    <w:r w:rsidRPr="00BA271E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7B9C1024" w14:textId="3E8B9520" w:rsidR="001048BA" w:rsidRPr="00BA271E" w:rsidRDefault="001048BA" w:rsidP="001048BA">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA271E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -1854,76 +1878,76 @@
   </w:p>
   <w:p w14:paraId="00F64D6A" w14:textId="39356584" w:rsidR="00FD0DF2" w:rsidRDefault="00FD0DF2" w:rsidP="001048BA">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="40441052" w14:textId="39E06A46" w:rsidR="00FD0DF2" w:rsidRPr="001048BA" w:rsidRDefault="00FD0DF2" w:rsidP="001048BA">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28EFA4AE" w14:textId="77777777" w:rsidR="00641786" w:rsidRDefault="00641786">
+    <w:p w14:paraId="0A03146E" w14:textId="77777777" w:rsidR="00A81028" w:rsidRDefault="00A81028">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AC22B3A" w14:textId="77777777" w:rsidR="00641786" w:rsidRDefault="00641786">
+    <w:p w14:paraId="5A392654" w14:textId="77777777" w:rsidR="00A81028" w:rsidRDefault="00A81028">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="607709A4" w14:textId="104D30DF" w:rsidR="00352D00" w:rsidRDefault="000042B2" w:rsidP="003A22CA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2715"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C58A470" wp14:editId="32D9F691">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-29474</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-421048</wp:posOffset>
@@ -1967,51 +1991,51 @@
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00352D00">
       <w:rPr>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>d2023</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18BA42DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3348BCB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2564,81 +2588,81 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1961567266">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1930431152">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1551260680">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1905872721">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="908421259">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C56673"/>
     <w:rsid w:val="0000259E"/>
     <w:rsid w:val="00002907"/>
     <w:rsid w:val="000042B2"/>
     <w:rsid w:val="000072C4"/>
+    <w:rsid w:val="00007F39"/>
     <w:rsid w:val="00013523"/>
     <w:rsid w:val="00017DD9"/>
     <w:rsid w:val="0002130B"/>
     <w:rsid w:val="0002330A"/>
     <w:rsid w:val="00031042"/>
     <w:rsid w:val="00036C42"/>
     <w:rsid w:val="00040E4F"/>
     <w:rsid w:val="00047B67"/>
     <w:rsid w:val="00050DE7"/>
     <w:rsid w:val="00060D40"/>
     <w:rsid w:val="00070077"/>
     <w:rsid w:val="00073C10"/>
     <w:rsid w:val="00081A1E"/>
     <w:rsid w:val="00082674"/>
     <w:rsid w:val="00085390"/>
     <w:rsid w:val="00087961"/>
     <w:rsid w:val="0009088B"/>
     <w:rsid w:val="00091869"/>
     <w:rsid w:val="00095BA9"/>
     <w:rsid w:val="00097B63"/>
     <w:rsid w:val="000A3D19"/>
     <w:rsid w:val="000A74BB"/>
     <w:rsid w:val="000B0525"/>
     <w:rsid w:val="000B2CFF"/>
     <w:rsid w:val="000C1156"/>
@@ -2891,50 +2915,51 @@
     <w:rsid w:val="007B3470"/>
     <w:rsid w:val="007B71A7"/>
     <w:rsid w:val="007C26F5"/>
     <w:rsid w:val="007C2A9C"/>
     <w:rsid w:val="007C6D90"/>
     <w:rsid w:val="007C7958"/>
     <w:rsid w:val="007C7AF0"/>
     <w:rsid w:val="007D16D6"/>
     <w:rsid w:val="007D5098"/>
     <w:rsid w:val="007D5B42"/>
     <w:rsid w:val="007E05A3"/>
     <w:rsid w:val="007E0825"/>
     <w:rsid w:val="007E53B5"/>
     <w:rsid w:val="007E5A5C"/>
     <w:rsid w:val="007F1A07"/>
     <w:rsid w:val="007F3602"/>
     <w:rsid w:val="007F39B4"/>
     <w:rsid w:val="007F3CA7"/>
     <w:rsid w:val="00800787"/>
     <w:rsid w:val="00804ACF"/>
     <w:rsid w:val="00817EA9"/>
     <w:rsid w:val="00832F3F"/>
     <w:rsid w:val="00834281"/>
     <w:rsid w:val="00835E83"/>
     <w:rsid w:val="00836F8C"/>
+    <w:rsid w:val="008419DA"/>
     <w:rsid w:val="00841D8E"/>
     <w:rsid w:val="0084480D"/>
     <w:rsid w:val="00845873"/>
     <w:rsid w:val="00860496"/>
     <w:rsid w:val="00863D24"/>
     <w:rsid w:val="00866555"/>
     <w:rsid w:val="0087116F"/>
     <w:rsid w:val="00872613"/>
     <w:rsid w:val="00877106"/>
     <w:rsid w:val="00883FD1"/>
     <w:rsid w:val="00885E6D"/>
     <w:rsid w:val="00894547"/>
     <w:rsid w:val="008A3619"/>
     <w:rsid w:val="008B141C"/>
     <w:rsid w:val="008C458E"/>
     <w:rsid w:val="008D2622"/>
     <w:rsid w:val="008D2F0B"/>
     <w:rsid w:val="008D3743"/>
     <w:rsid w:val="008E07BC"/>
     <w:rsid w:val="008E26D0"/>
     <w:rsid w:val="008E295C"/>
     <w:rsid w:val="008F06F3"/>
     <w:rsid w:val="008F3F76"/>
     <w:rsid w:val="008F4689"/>
     <w:rsid w:val="008F62AF"/>
@@ -2974,50 +2999,51 @@
     <w:rsid w:val="009D56A0"/>
     <w:rsid w:val="009D7822"/>
     <w:rsid w:val="009E1E04"/>
     <w:rsid w:val="009E3FF1"/>
     <w:rsid w:val="009F2B62"/>
     <w:rsid w:val="00A01E7F"/>
     <w:rsid w:val="00A02E6D"/>
     <w:rsid w:val="00A065E5"/>
     <w:rsid w:val="00A1519B"/>
     <w:rsid w:val="00A1764D"/>
     <w:rsid w:val="00A224AF"/>
     <w:rsid w:val="00A33148"/>
     <w:rsid w:val="00A4378F"/>
     <w:rsid w:val="00A44B78"/>
     <w:rsid w:val="00A45169"/>
     <w:rsid w:val="00A46295"/>
     <w:rsid w:val="00A479B8"/>
     <w:rsid w:val="00A500DE"/>
     <w:rsid w:val="00A5271F"/>
     <w:rsid w:val="00A634F9"/>
     <w:rsid w:val="00A67BB5"/>
     <w:rsid w:val="00A7140B"/>
     <w:rsid w:val="00A720F0"/>
     <w:rsid w:val="00A7737B"/>
     <w:rsid w:val="00A77EDB"/>
+    <w:rsid w:val="00A81028"/>
     <w:rsid w:val="00A84798"/>
     <w:rsid w:val="00A85F03"/>
     <w:rsid w:val="00A930A1"/>
     <w:rsid w:val="00A96606"/>
     <w:rsid w:val="00AA73FA"/>
     <w:rsid w:val="00AB366A"/>
     <w:rsid w:val="00AD3F7F"/>
     <w:rsid w:val="00AE3232"/>
     <w:rsid w:val="00AE500B"/>
     <w:rsid w:val="00AF0D8B"/>
     <w:rsid w:val="00B02C67"/>
     <w:rsid w:val="00B11508"/>
     <w:rsid w:val="00B145D7"/>
     <w:rsid w:val="00B14C9D"/>
     <w:rsid w:val="00B16711"/>
     <w:rsid w:val="00B35763"/>
     <w:rsid w:val="00B35C23"/>
     <w:rsid w:val="00B37E52"/>
     <w:rsid w:val="00B37F11"/>
     <w:rsid w:val="00B459CA"/>
     <w:rsid w:val="00B47D34"/>
     <w:rsid w:val="00B50E95"/>
     <w:rsid w:val="00B5289A"/>
     <w:rsid w:val="00B55B28"/>
     <w:rsid w:val="00B570CA"/>
@@ -3218,59 +3244,59 @@
     <w:rsid w:val="5FE0827E"/>
     <w:rsid w:val="601524E5"/>
     <w:rsid w:val="71256166"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1C274979"/>
   <w15:docId w15:val="{EF590963-7A10-4D16-AFB4-380B349CF0AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-419" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4077,51 +4103,51 @@
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="007A6128"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Mincho"/>
       <w:lang w:eastAsia="es-CR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="398093064">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2051681114">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4686,52 +4712,52 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgmPa6LrNLOkH0Zsw0qrxu6vRuQcg==">AMUW2mUWGS9G5LjHu46mpHhqQZTASgwgDwaU4O/sHZgJV1g7ZgR51Wj2DpOnHrM8fuGbyus7zITnSmzW+ZyUdGqrV8afWNNR/r4GNLf4xvB3RHNjqX8RLi4=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>145</Words>
-  <Characters>832</Characters>
+  <Words>119</Words>
+  <Characters>858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>976</CharactersWithSpaces>
+  <CharactersWithSpaces>940</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Marco</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>