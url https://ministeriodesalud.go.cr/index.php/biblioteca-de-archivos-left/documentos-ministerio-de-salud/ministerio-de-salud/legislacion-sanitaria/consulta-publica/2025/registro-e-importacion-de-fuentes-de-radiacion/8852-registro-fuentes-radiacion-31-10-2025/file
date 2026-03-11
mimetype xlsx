--- v0 (2025-12-21)
+++ v1 (2026-03-11)
@@ -2,90 +2,90 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://crmisalud-my.sharepoint.com/personal/eduardo_ramirez_misalud_go_cr/Documents/Escritorio/INVENTARIOS RADIACIONES/PAGINA - Registro Fuentes de Radiacion/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://crmisalud-my.sharepoint.com/personal/eduardo_ramirez_misalud_go_cr/Documents/Escritorio/INVENTARIOS RADIACIONES/PAGINA - Registro Fuentes de Radiacion/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1433" documentId="8_{79BAB29C-3E6A-44DA-9758-E459C30AC244}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BF91CB6A-3672-4F34-B628-9DA0C6E828EC}"/>
+  <xr:revisionPtr revIDLastSave="1671" documentId="8_{79BAB29C-3E6A-44DA-9758-E459C30AC244}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4D347CFB-3CA4-457C-B964-581CEC888E71}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{305F567D-4B96-442B-9666-3DBC5EC879C4}"/>
   </bookViews>
   <sheets>
     <sheet name="Fuentes No Selladas" sheetId="1" r:id="rId1"/>
     <sheet name="Fuentes Selladas" sheetId="2" r:id="rId2"/>
     <sheet name="FS y EQ" sheetId="3" r:id="rId3"/>
     <sheet name="Equipos RX" sheetId="4" r:id="rId4"/>
     <sheet name="Aceleradores" sheetId="5" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="188">
   <si>
     <t>Fecha de aprobación</t>
   </si>
   <si>
     <t>Fecha de vencimiento</t>
   </si>
   <si>
     <t>Nombre comercial</t>
   </si>
   <si>
     <t>Nombre o razón social</t>
   </si>
   <si>
     <t>Cédula física o jurídica</t>
   </si>
   <si>
     <t>TITULAR DEL REGISTRO</t>
   </si>
   <si>
     <t>FUENTES RADIACTIVAS NO SELLADAS</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
@@ -136,65 +136,83 @@
   <si>
     <t>FUENTE(S) RADIACTIVA(S) SELLADA(S)</t>
   </si>
   <si>
     <t>EQUIPO ASOCIADO</t>
   </si>
   <si>
     <t>EQUIPOS DE RAYOS X</t>
   </si>
   <si>
     <t>ACELERADORES DE PARTÍCULAS</t>
   </si>
   <si>
     <t>Tipo de acelerador</t>
   </si>
   <si>
     <t>Industrial</t>
   </si>
   <si>
     <t>Veterinaria</t>
   </si>
   <si>
     <t>Alemania</t>
   </si>
   <si>
+    <t>Bélgica</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>Italia</t>
   </si>
   <si>
     <t>México</t>
   </si>
   <si>
+    <t>Cs-137</t>
+  </si>
+  <si>
+    <t>Ir-192</t>
+  </si>
+  <si>
     <t>Ni-63</t>
   </si>
   <si>
+    <t>Se-75</t>
+  </si>
+  <si>
+    <t>Equipo de radiografía industrial</t>
+  </si>
+  <si>
+    <t>Medidor de densidad y humedad</t>
+  </si>
+  <si>
     <t>Equipo de análisis</t>
   </si>
   <si>
     <t>Equipo para inspección de equipaje, mercancías, paquetería o correspondencia</t>
   </si>
   <si>
     <t>Equipo para detección, escaneo o inspección para control de calidad o control de procesos</t>
   </si>
   <si>
     <t>Equipo de escaneo corporal</t>
   </si>
   <si>
     <t>FDR-RX-0001-2025</t>
   </si>
   <si>
     <t>Manufactura Ensamble y Pruebas EMP Intel de Costa Rica S.R.L.</t>
   </si>
   <si>
     <t>3-102-805066</t>
   </si>
   <si>
     <t>Matrix Technologies GmbH</t>
   </si>
   <si>
     <t>Nordson MATRIX</t>
@@ -442,81 +460,195 @@
   <si>
     <t>FDR-RX-0019-2025</t>
   </si>
   <si>
     <t>SPC Telecentinel</t>
   </si>
   <si>
     <t>SPC Telecentinel S.A.</t>
   </si>
   <si>
     <t>3-101-201950</t>
   </si>
   <si>
     <t>Smiths Detection</t>
   </si>
   <si>
     <t>Detección de objetos por escaneo corporal</t>
   </si>
   <si>
     <t>B-Scan 16HR-FB</t>
   </si>
   <si>
     <t>Inspección de seguridad de mercancías</t>
   </si>
   <si>
-    <t>HI-SCAN 6040-2is</t>
-[...1 lines deleted...]
-  <si>
     <t>SDX 100100 HC</t>
   </si>
   <si>
     <t>SDX 100100 LC</t>
   </si>
   <si>
     <t>FDR-RX-0020-2025</t>
   </si>
   <si>
     <t>RexSecurity</t>
   </si>
   <si>
     <t>Rex Cargo Trading S.A.</t>
   </si>
   <si>
     <t>3-101-697999</t>
   </si>
   <si>
     <t>Rapiscan Systems Inc.</t>
   </si>
   <si>
     <t>Inspección de seguridad de equipaje</t>
   </si>
   <si>
     <t>Rapiscan</t>
   </si>
   <si>
     <t>Rapiscan 920CT</t>
+  </si>
+  <si>
+    <t>HI-SCAN 6040-2is HR</t>
+  </si>
+  <si>
+    <t>FDR-RX-0001-2026</t>
+  </si>
+  <si>
+    <t>Embajada de los Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>3-005-045142</t>
+  </si>
+  <si>
+    <t>Sistema de inspección de vehículos y carga</t>
+  </si>
+  <si>
+    <t>Inspecciones de seguridad</t>
+  </si>
+  <si>
+    <t>Viken Detection</t>
+  </si>
+  <si>
+    <t>Osprey MTX</t>
+  </si>
+  <si>
+    <t>Viken Detection Corporation</t>
+  </si>
+  <si>
+    <t>Consultoría e Ingeniería Civil de Centroamérica S.A.</t>
+  </si>
+  <si>
+    <t>FDR-FSE-0001-2026</t>
+  </si>
+  <si>
+    <t>3-101-359857</t>
+  </si>
+  <si>
+    <t>Troxler Electronic Laboratories, Inc.</t>
+  </si>
+  <si>
+    <t>Medición de densidad y humedad de materiales</t>
+  </si>
+  <si>
+    <t>Troxler</t>
+  </si>
+  <si>
+    <t>3430 Plus, 3440 Plus, 3450, 4640, 3430, 3440</t>
+  </si>
+  <si>
+    <t>Am-214/Be</t>
+  </si>
+  <si>
+    <t>FDR-FSE-0002-2026</t>
+  </si>
+  <si>
+    <t>Servicios Técnicos Profesionales JAM S.A.</t>
+  </si>
+  <si>
+    <t>JAMSA</t>
+  </si>
+  <si>
+    <t>3-101-185641</t>
+  </si>
+  <si>
+    <t>QSA Global Inc.</t>
+  </si>
+  <si>
+    <t>Radiografía industrial</t>
+  </si>
+  <si>
+    <t>Sentinel</t>
+  </si>
+  <si>
+    <t>880 Delta</t>
+  </si>
+  <si>
+    <t>FDR-RX-0002-2026</t>
+  </si>
+  <si>
+    <t>Teledyne ICM</t>
+  </si>
+  <si>
+    <t>CP200D</t>
+  </si>
+  <si>
+    <t>CP160D</t>
+  </si>
+  <si>
+    <t>FDR-RX-0003-2026</t>
+  </si>
+  <si>
+    <t>O.C. Multiservicios S.A.</t>
+  </si>
+  <si>
+    <t>3-101-263511</t>
+  </si>
+  <si>
+    <t>Astrophysics Inc.</t>
+  </si>
+  <si>
+    <t>Inspección de seguridad de equipaje y mercancías</t>
+  </si>
+  <si>
+    <t>Astrophysics</t>
+  </si>
+  <si>
+    <t>XIS-6545</t>
+  </si>
+  <si>
+    <t>FDR-RX-0004-2026</t>
+  </si>
+  <si>
+    <t>Viken</t>
+  </si>
+  <si>
+    <t>Raven</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -562,51 +694,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -622,56 +754,82 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -699,50 +857,74 @@
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{7A43652C-9389-4A37-9F4E-1278703D3D39}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4106,57 +4288,56 @@
             <xm:f>#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>M5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C1426ED-6C9D-4D49-9CB0-53A9CBBC296E}">
   <dimension ref="A1:N100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.140625" style="11" customWidth="1"/>
     <col min="3" max="3" width="12.140625" style="11" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="1" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="21.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="44.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.42578125" style="1" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="27.28515625" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="11" width="31.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="30.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="24.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="28.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="41.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="21.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="23.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="14.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="18" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>16</v>
       </c>
@@ -4197,155 +4378,215 @@
       </c>
       <c r="H4" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>11</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="8" t="s">
         <v>22</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B5" s="12">
         <v>45856</v>
       </c>
       <c r="C5" s="12">
         <v>47673</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G5" s="5" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="I5" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A6" s="29" t="s">
+        <v>159</v>
+      </c>
+      <c r="B6" s="27">
+        <v>46057</v>
+      </c>
+      <c r="C6" s="27">
+        <v>47883</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>158</v>
+      </c>
+      <c r="F6" s="25" t="s">
+        <v>158</v>
+      </c>
+      <c r="G6" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="H6" s="25" t="s">
+        <v>161</v>
+      </c>
+      <c r="I6" s="25" t="s">
         <v>33</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="J6" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" s="25" t="s">
+        <v>162</v>
+      </c>
+      <c r="L6" s="25" t="s">
+        <v>163</v>
+      </c>
+      <c r="M6" s="25" t="s">
+        <v>164</v>
+      </c>
+      <c r="N6" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="K5" s="5" t="s">
-[...26 lines deleted...]
-      <c r="N6" s="5"/>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A7" s="10"/>
-[...12 lines deleted...]
-      <c r="N7" s="5"/>
+      <c r="A7" s="30"/>
+      <c r="B7" s="28"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="26"/>
+      <c r="E7" s="26"/>
+      <c r="F7" s="26"/>
+      <c r="G7" s="26"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="26"/>
+      <c r="J7" s="26"/>
+      <c r="K7" s="26"/>
+      <c r="L7" s="26"/>
+      <c r="M7" s="26"/>
+      <c r="N7" s="5" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A8" s="10"/>
-[...12 lines deleted...]
-      <c r="N8" s="5"/>
+      <c r="A8" s="29" t="s">
+        <v>166</v>
+      </c>
+      <c r="B8" s="27">
+        <v>46062</v>
+      </c>
+      <c r="C8" s="27">
+        <v>47888</v>
+      </c>
+      <c r="D8" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" s="25" t="s">
+        <v>168</v>
+      </c>
+      <c r="F8" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="G8" s="25" t="s">
+        <v>169</v>
+      </c>
+      <c r="H8" s="25" t="s">
+        <v>170</v>
+      </c>
+      <c r="I8" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="J8" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" s="25" t="s">
+        <v>171</v>
+      </c>
+      <c r="L8" s="25" t="s">
+        <v>172</v>
+      </c>
+      <c r="M8" s="25" t="s">
+        <v>173</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A9" s="10"/>
-[...12 lines deleted...]
-      <c r="N9" s="5"/>
+      <c r="A9" s="30"/>
+      <c r="B9" s="28"/>
+      <c r="C9" s="28"/>
+      <c r="D9" s="26"/>
+      <c r="E9" s="26"/>
+      <c r="F9" s="26"/>
+      <c r="G9" s="26"/>
+      <c r="H9" s="26"/>
+      <c r="I9" s="26"/>
+      <c r="J9" s="26"/>
+      <c r="K9" s="26"/>
+      <c r="L9" s="26"/>
+      <c r="M9" s="26"/>
+      <c r="N9" s="5" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="10"/>
       <c r="B10" s="12"/>
       <c r="C10" s="12"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
       <c r="M10" s="5"/>
       <c r="N10" s="5"/>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="10"/>
       <c r="B11" s="12"/>
       <c r="C11" s="12"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
@@ -5760,113 +6001,139 @@
       <c r="H99" s="5"/>
       <c r="I99" s="5"/>
       <c r="J99" s="5"/>
       <c r="K99" s="5"/>
       <c r="L99" s="5"/>
       <c r="M99" s="5"/>
       <c r="N99" s="5"/>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A100" s="10"/>
       <c r="B100" s="12"/>
       <c r="C100" s="12"/>
       <c r="D100" s="5"/>
       <c r="E100" s="5"/>
       <c r="F100" s="5"/>
       <c r="G100" s="5"/>
       <c r="H100" s="5"/>
       <c r="I100" s="5"/>
       <c r="J100" s="5"/>
       <c r="K100" s="5"/>
       <c r="L100" s="5"/>
       <c r="M100" s="5"/>
       <c r="N100" s="5"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="32">
+    <mergeCell ref="E8:E9"/>
+    <mergeCell ref="D8:D9"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="H8:H9"/>
+    <mergeCell ref="G8:G9"/>
+    <mergeCell ref="F8:F9"/>
+    <mergeCell ref="M8:M9"/>
+    <mergeCell ref="L8:L9"/>
+    <mergeCell ref="K8:K9"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="I8:I9"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="D6:D7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="G6:G7"/>
+    <mergeCell ref="F6:F7"/>
+    <mergeCell ref="M6:M7"/>
+    <mergeCell ref="L6:L7"/>
+    <mergeCell ref="K6:K7"/>
+    <mergeCell ref="J6:J7"/>
+    <mergeCell ref="I6:I7"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:M3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8D504990-6460-4225-8F56-2EA73739C921}">
           <x14:formula1>
             <xm:f>#REF!</xm:f>
           </x14:formula1>
-          <xm:sqref>D5:D100</xm:sqref>
+          <xm:sqref>D5:D6 D8 D10:D100</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{47417DDA-3F8D-481D-BB31-96BA44E9E05A}">
           <x14:formula1>
             <xm:f>#REF!</xm:f>
           </x14:formula1>
-          <xm:sqref>I5:I100</xm:sqref>
+          <xm:sqref>I5:I6 I8 I10:I100</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E1A3D9F5-421D-4984-A850-30757DD06101}">
           <x14:formula1>
             <xm:f>#REF!</xm:f>
           </x14:formula1>
-          <xm:sqref>J5:J100</xm:sqref>
+          <xm:sqref>J5:J6 J8 J10:J100</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{650866C3-3493-403E-BC56-69D03ED14D9E}">
           <x14:formula1>
             <xm:f>#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>N5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D63DC5B3-76AF-430D-86DB-B571B00ABDE9}">
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.140625" style="11" customWidth="1"/>
     <col min="3" max="3" width="12.140625" style="11" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="57" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.42578125" style="14" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="43.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="78.140625" style="1" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="40.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="43.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="40.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="27.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="18" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="19" t="s">
         <v>5</v>
@@ -5899,942 +6166,1048 @@
       </c>
       <c r="G4" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B5" s="12">
         <v>45811</v>
       </c>
       <c r="C5" s="12">
         <v>47637</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G5" s="13" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="L5" s="5" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B6" s="12">
         <v>45861</v>
       </c>
       <c r="C6" s="12">
         <v>47687</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G6" s="13" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B7" s="12">
         <v>45881</v>
       </c>
       <c r="C7" s="12">
         <v>47707</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G7" s="13" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B8" s="12">
         <v>45887</v>
       </c>
       <c r="C8" s="12">
         <v>47713</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="G8" s="13" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="L8" s="5" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B9" s="12">
         <v>45889</v>
       </c>
       <c r="C9" s="12">
         <v>47715</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G9" s="13" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L9" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B10" s="12">
         <v>45905</v>
       </c>
       <c r="C10" s="12">
         <v>47731</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G10" s="13" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L10" s="5" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="B11" s="12">
         <v>45905</v>
       </c>
       <c r="C11" s="12">
         <v>47731</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G11" s="13" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L11" s="5" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B12" s="12">
         <v>45890</v>
       </c>
       <c r="C12" s="12">
         <v>47716</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="G12" s="13" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="L12" s="5" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B13" s="12">
         <v>45919</v>
       </c>
       <c r="C13" s="12">
         <v>47745</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="G13" s="13" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L13" s="5" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B14" s="12">
         <v>45919</v>
       </c>
       <c r="C14" s="12">
         <v>47745</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="G14" s="13" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L14" s="5" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B15" s="12">
         <v>45933</v>
       </c>
       <c r="C15" s="12">
         <v>47759</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L15" s="5" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B16" s="12">
         <v>45933</v>
       </c>
       <c r="C16" s="12">
         <v>47759</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="G16" s="13" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L16" s="5" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B17" s="12">
         <v>45936</v>
       </c>
       <c r="C17" s="12">
         <v>47762</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G17" s="13" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L17" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B18" s="12">
         <v>45950</v>
       </c>
       <c r="C18" s="12">
         <v>47776</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G18" s="13" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L18" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B19" s="12">
         <v>45960</v>
       </c>
       <c r="C19" s="12">
         <v>47786</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="G19" s="13" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="L19" s="5" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="B20" s="12">
         <v>45979</v>
       </c>
       <c r="C20" s="12">
         <v>47805</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="G20" s="13" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="L20" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B21" s="12">
-        <v>45979</v>
+        <v>46034</v>
       </c>
       <c r="C21" s="12">
         <v>47805</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="G21" s="13" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="L21" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B22" s="12">
         <v>45979</v>
       </c>
       <c r="C22" s="12">
         <v>47805</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="G22" s="13" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="L22" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B23" s="12">
         <v>45979</v>
       </c>
       <c r="C23" s="12">
         <v>47805</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="G23" s="13" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="L23" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B24" s="12">
         <v>45987</v>
       </c>
       <c r="C24" s="12">
         <v>47813</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="G24" s="13" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="L24" s="5" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A25" s="10"/>
-[...11 lines deleted...]
-      <c r="M25" s="5"/>
+      <c r="A25" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" s="12">
+        <v>46043</v>
+      </c>
+      <c r="C25" s="12">
+        <v>47868</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="G25" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A26" s="10"/>
-[...11 lines deleted...]
-      <c r="M26" s="5"/>
+      <c r="A26" s="29" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" s="27">
+        <v>46062</v>
+      </c>
+      <c r="C26" s="27">
+        <v>47888</v>
+      </c>
+      <c r="D26" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="25" t="s">
+        <v>168</v>
+      </c>
+      <c r="F26" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="G26" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="H26" s="25" t="s">
+        <v>175</v>
+      </c>
+      <c r="I26" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="J26" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="K26" s="25" t="s">
+        <v>171</v>
+      </c>
+      <c r="L26" s="25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A27" s="10"/>
-[...11 lines deleted...]
-      <c r="M27" s="5"/>
+      <c r="A27" s="30"/>
+      <c r="B27" s="28"/>
+      <c r="C27" s="28"/>
+      <c r="D27" s="26"/>
+      <c r="E27" s="26"/>
+      <c r="F27" s="26"/>
+      <c r="G27" s="32"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="26"/>
+      <c r="K27" s="26"/>
+      <c r="L27" s="26"/>
+      <c r="M27" s="5" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A28" s="10"/>
-[...11 lines deleted...]
-      <c r="M28" s="5"/>
+      <c r="A28" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" s="12">
+        <v>46073</v>
+      </c>
+      <c r="C28" s="12">
+        <v>47899</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G28" s="13" t="s">
+        <v>180</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="L28" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>184</v>
+      </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A29" s="10"/>
-[...11 lines deleted...]
-      <c r="M29" s="5"/>
+      <c r="A29" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" s="12">
+        <v>46073</v>
+      </c>
+      <c r="C29" s="12">
+        <v>47899</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="G29" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="L29" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="10"/>
       <c r="B30" s="12"/>
       <c r="C30" s="12"/>
       <c r="D30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="5"/>
       <c r="G30" s="13"/>
       <c r="H30" s="5"/>
       <c r="I30" s="5"/>
       <c r="J30" s="5"/>
       <c r="K30" s="5"/>
       <c r="L30" s="5"/>
       <c r="M30" s="5"/>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="10"/>
       <c r="B31" s="12"/>
       <c r="C31" s="12"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="13"/>
       <c r="H31" s="5"/>
@@ -7858,80 +8231,92 @@
       <c r="F99" s="5"/>
       <c r="G99" s="13"/>
       <c r="H99" s="5"/>
       <c r="I99" s="5"/>
       <c r="J99" s="5"/>
       <c r="K99" s="5"/>
       <c r="L99" s="5"/>
       <c r="M99" s="5"/>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A100" s="10"/>
       <c r="B100" s="12"/>
       <c r="C100" s="12"/>
       <c r="D100" s="5"/>
       <c r="E100" s="5"/>
       <c r="F100" s="5"/>
       <c r="G100" s="13"/>
       <c r="H100" s="5"/>
       <c r="I100" s="5"/>
       <c r="J100" s="5"/>
       <c r="K100" s="5"/>
       <c r="L100" s="5"/>
       <c r="M100" s="5"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="18">
+    <mergeCell ref="E26:E27"/>
+    <mergeCell ref="D26:D27"/>
+    <mergeCell ref="C26:C27"/>
+    <mergeCell ref="B26:B27"/>
+    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="H26:H27"/>
+    <mergeCell ref="G26:G27"/>
+    <mergeCell ref="F26:F27"/>
+    <mergeCell ref="L26:L27"/>
+    <mergeCell ref="K26:K27"/>
+    <mergeCell ref="J26:J27"/>
+    <mergeCell ref="I26:I27"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:M3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="E3:G3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3594E284-430C-498F-9BEE-92147DAAA29C}">
           <x14:formula1>
             <xm:f>#REF!</xm:f>
           </x14:formula1>
-          <xm:sqref>D5:D100</xm:sqref>
+          <xm:sqref>D5:D26 D28:D100</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7346F92A-A695-4359-8AC4-E5F46608305B}">
           <x14:formula1>
             <xm:f>#REF!</xm:f>
           </x14:formula1>
-          <xm:sqref>I5:I100</xm:sqref>
+          <xm:sqref>I5:I26 I28:I100</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{74413154-3C2B-45D7-97EC-3E82651F5EC2}">
           <x14:formula1>
             <xm:f>#REF!</xm:f>
           </x14:formula1>
-          <xm:sqref>J5:J100</xm:sqref>
+          <xm:sqref>J5:J26 J28:J100</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5666E9D-F0D9-4E8B-9B06-D65CB40258AC}">
   <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.140625" style="11" customWidth="1"/>
     <col min="3" max="3" width="12.140625" style="11" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.42578125" style="1" bestFit="1" customWidth="1"/>