--- v0 (2025-11-19)
+++ v1 (2026-03-04)
@@ -1,91 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25601"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://crmisalud.sharepoint.com/sites/DROGAS/Documentos compartidos/Solicitud de Autorizaciones y Licencias de Cañamo y Cannabis/Solicitudes para autorizacion Cañamo Industrial/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Juan Carlos\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="260" documentId="13_ncr:1_{F73310C6-4EE5-41D9-A840-A0B2C5FE2A30}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{60EC112C-CD8F-4AFB-8B95-5D038E8064C0}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0D79D789-6DBE-4C29-B0E8-D9D1E0204EC8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1065" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{F8002C76-6A50-4126-BCB3-B72AB310A64A}"/>
+    <workbookView xWindow="28680" yWindow="1065" windowWidth="29040" windowHeight="15720" xr2:uid="{F8002C76-6A50-4126-BCB3-B72AB310A64A}"/>
   </bookViews>
   <sheets>
-    <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
-    <sheet name="Publicación " sheetId="2" r:id="rId2"/>
+    <sheet name="Publicación " sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="353" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="123">
   <si>
     <t>Autorizaciones de industrialización de derivados de cáñamo y de productos de interés sanitario con cáñamo y 
 Autorización de importación de material vegetal y/o derivados de cáñamo para su comercialización como materia prima para uso alimentario o industrial</t>
   </si>
   <si>
     <r>
       <t>N° </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFF2F2F2"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <r>
       <t>Nombre o Razón Social del establecimiento</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
@@ -104,697 +100,446 @@
       <rPr>
         <sz val="12"/>
         <color rgb="FFF2F2F2"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <r>
       <t>Cédula / Cédula Jurídica</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFF2F2F2"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <r>
-      <t>Correo electrónico</t>
-[...26 lines deleted...]
-    <r>
       <t>Número de Resolución</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFF2F2F2"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <r>
       <t>Tipo de Autorización</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFF2F2F2"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Tipo de productos </t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>Vigencia</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFF2F2F2"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <t>LABORATORIO DE PRODUCTOS NATURALES EL MANÁ S.A.</t>
   </si>
   <si>
-    <t>ALAJUELA, ALAJUELA, FRENTE AL COSTADO SUR DEL PARQUE PRÓSPERO FERNÁNDEZ DEL PIZZA HUT 25 METROS ESTE</t>
-[...1 lines deleted...]
-  <si>
     <t>3-101- 263934</t>
   </si>
   <si>
-    <t>recursoshumanos@elmana.com  </t>
-[...7 lines deleted...]
-  <si>
     <t>AUTORIZACIÓN DE FABRICACIÓN DE PRODUCTOS DERIVADOS DE CÁÑAMO Y DE PRODUCTOS DE INTERÉS SANITARIO CON CÁÑAMO</t>
   </si>
   <si>
-    <t xml:space="preserve">Alimentos </t>
-[...20 lines deleted...]
-  <si>
     <t>ARGUES LIMITADA</t>
   </si>
   <si>
     <t>HEREDIA, ULLOA, CONDOMINIO INDUSTRIAL SAN JOSÉ DE ULLOA, LOCAL 25</t>
   </si>
   <si>
     <t>3-102-025152</t>
   </si>
   <si>
-    <t>info@legemcr.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1699-2023</t>
   </si>
   <si>
-    <t xml:space="preserve">Cosméticos </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FIDE S.A. </t>
   </si>
   <si>
     <t>SAN JOSÉ, SAN PEDRO, MONTES DE OCA, C.7 1A, LA GRANJA</t>
   </si>
   <si>
     <t>3-101-007159</t>
   </si>
   <si>
-    <t>aguzman@fidelab.com  / m.munoz@fidelab.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1905-2023</t>
   </si>
   <si>
-    <t>Cosméticos</t>
-[...1 lines deleted...]
-  <si>
     <t>ISOLATE CR SRL</t>
   </si>
   <si>
     <t>SAN JOSÉ, SANTA ANA, PIEDADES, DEL CRUCE DE PIEDADES 75 SUR Y 25 OESTE, BODEGA 2</t>
   </si>
   <si>
     <t>3-102-803014</t>
   </si>
   <si>
-    <t>  isolatecr@gmail.com </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1959-2023</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZACIÓN DE FABRICACIÓN DE PRODUCTOS DERIVADOS DE CÁÑAMO Y DE PRODUCTOS DE INTERÉS SANITARIO CON CÁÑAMO </t>
   </si>
   <si>
-    <t>Suplementos alimenticios</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">INVERSIONES SOL Y BRUMAS S.A  </t>
   </si>
   <si>
     <t>GUANACASTE, LIBERIA, LIBERIA, FRENTE AL MUSEO GUANACASTE, PLAZA BOBALDI, LOCAL 8</t>
   </si>
   <si>
     <t>3-101-815196</t>
   </si>
   <si>
-    <t xml:space="preserve"> alberto.cesore@gmail.com </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-2145-2023</t>
   </si>
   <si>
-    <t xml:space="preserve">MORINGA PURA VIDA S. A  </t>
-[...37 lines deleted...]
-  <si>
     <t>BIOCR CA S.A</t>
   </si>
   <si>
     <t>CARTAGO, CARTAGO, GUADALUPE (ARENILLA), ZONA FRANCA Y PARQUE INDUSTRIAL ZETA, EDIFICIO 17-A LOCAL 3</t>
   </si>
   <si>
     <t>3-0204-0286</t>
   </si>
   <si>
-    <t>info.biocr@gmail.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-0656-03-2024</t>
   </si>
   <si>
-    <t>Alimentos y Suplementos</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOSPECTRUM CR</t>
   </si>
   <si>
     <t>SAN JOSÉ, ESCAZU, SAN RAFAEL</t>
   </si>
   <si>
     <t>3-101-807127</t>
   </si>
   <si>
-    <t>dominguez@jambotrade.com  </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1028-05-2024</t>
   </si>
   <si>
     <t>IMPORTACIÓN MATERIAS PRIMAS Y DERIVADOS DE CAÑAMO</t>
   </si>
   <si>
-    <t>Materia prima y derivados</t>
-[...1 lines deleted...]
-  <si>
     <t>TEN TEN COFFEE</t>
   </si>
   <si>
     <t>ALAJUELA, GRECIA</t>
   </si>
   <si>
     <t>3-102-862856</t>
   </si>
   <si>
-    <t>   info.@1010coffeecr.com  </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-0871-03-2024</t>
   </si>
   <si>
-    <t>Alimentos</t>
-[...1 lines deleted...]
-  <si>
     <t>AMSA AEROSOLES Y MAQUILA S.A</t>
   </si>
   <si>
     <t>CARTAGO, SAN NICOLAS</t>
   </si>
   <si>
     <t>3-101-172373</t>
   </si>
   <si>
-    <t>rgerli@aerosoles.net   </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1223-2024</t>
   </si>
   <si>
     <t>INGENIO TABOGA</t>
   </si>
   <si>
     <t>GUANACASTE, CAÑAS</t>
   </si>
   <si>
     <t>3-101-024153</t>
   </si>
   <si>
-    <t>maarias@taboga.cr   / dcarvajal@taboga.cr / framirez@taboga.cr  </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1440-2024</t>
   </si>
   <si>
     <t>BRENTS BREWS S.A</t>
   </si>
   <si>
     <t>CARTAGO, OREAMUNO</t>
   </si>
   <si>
     <t>3-101-759146</t>
   </si>
   <si>
-    <t>  slarin@brentsbrews.com </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1248-2024</t>
   </si>
   <si>
     <t>CORPORACIÓN MANZA TE</t>
   </si>
   <si>
     <t>SAN JOSÉ, CURRIDABAT</t>
   </si>
   <si>
     <t>3-101-334305</t>
   </si>
   <si>
-    <t>waraya@manzate.co.cr</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1535-2024</t>
   </si>
   <si>
     <t>GREEN LABS S.A,</t>
   </si>
   <si>
     <t xml:space="preserve">SAN JOSÉ, CORONADO, SAN ISIDRO, CONTIGUO AL COLEGIO </t>
   </si>
   <si>
     <t>3-101-550083</t>
   </si>
   <si>
-    <t>anaya.ro.vi@gmail.com </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1633-2024</t>
   </si>
   <si>
     <t>RISE KOMBUCHA S.A</t>
   </si>
   <si>
     <t>SAN JOSÉ, PÉREZ ZELEDÓN, EL GENERAL, 500MTS NORTE DEL ABASTECEDOR LA VALENCIA</t>
   </si>
   <si>
     <t>3-101-725817</t>
   </si>
   <si>
-    <t xml:space="preserve">nestor@kombuchaculture.com </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1919-2024</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZACIÓN DE FABRICACIÓN DE PRODUCTOS DERIVADOS DE CÁÑAMO Y DEPRODUCTOS DE INTERÉS SANITARIO CON CÁÑAMO </t>
   </si>
   <si>
     <t>EVEXIA  CORPORATION SA</t>
   </si>
   <si>
     <t>SAN JOSÉ ESCAZÚ CONDOMINIO TULU</t>
   </si>
   <si>
     <t>3-101-81007</t>
   </si>
   <si>
-    <t>cilc.caop@gmail.com  </t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-1951-2024</t>
   </si>
   <si>
     <t>VIDA VERDE CBD S.R.L</t>
   </si>
   <si>
     <t xml:space="preserve"> CARTAGO, TURRIALBA, TURRIALBA FRENTE AL MARCO NORTE DE LA PLAZA PÚBLICA</t>
   </si>
   <si>
     <t>3-102-307644</t>
   </si>
   <si>
-    <t>julian.molina1612@gmail.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-2441-2024</t>
   </si>
   <si>
     <t>AUTORIZACIÓN DE INDUSTRIALIZACIÓN DE DERIVADOS DE CÁÑAMO Y DE PRODUCTOS DE INTERÉS SANITARIO CON CÁÑAMO</t>
   </si>
   <si>
-    <t>Materia prima (aceites)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">VIDA AFORTUNADA LIMITADA </t>
   </si>
   <si>
     <t>GUANACASTE, CARRILLO, SARDINAL, LOCALES COMERCIALES 13 AL 18MERCADO MAYORISTA CHOROTEGA, 6 KM AL NORTE DEL DO IT CENTER Y 2 KM AL OESTE LA CASCADA, SARDINAL DE  CARRILLO, GUANACASTE</t>
   </si>
   <si>
     <t>3-102-800995</t>
   </si>
   <si>
-    <t>info@valtda.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-2632-2024</t>
   </si>
   <si>
     <t>COOPERATIVA DE PRODUCTORES DE LECHE DOS PINOS R.L</t>
   </si>
   <si>
     <t>HEREDIA, BELÉN, LA RIBERA, FRENTE A ENTRADA PRINCIPAL EMPRESA BRIDGESTONE</t>
   </si>
   <si>
     <t>3-004-045002</t>
   </si>
   <si>
-    <t>notificacionesdospinos@dospinos.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-0040-2025</t>
   </si>
   <si>
     <t xml:space="preserve"> SULÁRA PRODUCTOS DE LA TIERRA </t>
   </si>
   <si>
     <t>ALAJUELA, ALAJUELA, RÍO SEGUNDO, OFICENTRO PLAZA AEROPUERTO, LOCAL G15</t>
   </si>
   <si>
     <t>3-102-851121</t>
-  </si>
-[...4 lines deleted...]
-    <t>DAYSI QUESADA SANCHO</t>
   </si>
   <si>
     <t>MS-DRPIS-UNC-0094-2025</t>
   </si>
   <si>
     <t>Autorización de Industrialización de Derivados de Cáñamo y de 
 Productos de Interés Sanitario con Cáñamo y Autorización de Importación de Material Vegetal y/o 
 Derivados de Cáñamo para su Comercialización como Materia Prima para uso Alimentario o 
 Industrial.</t>
   </si>
   <si>
     <t>GOURMET FIELDS S.R.L</t>
   </si>
   <si>
     <t>SAN JOSÉ, SANTA ANA, CENTRO, AV3, ENTRE CALLE 6 Y 8</t>
   </si>
   <si>
     <t>3-102-656756</t>
   </si>
   <si>
-    <t>gourmet@gourmetfields.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-0204-2025</t>
   </si>
   <si>
     <t>FARMACIA DE ESPECIALIDADES HOSPITALARIAS</t>
   </si>
   <si>
     <t>SAN JOSÉ, TIBAS</t>
   </si>
   <si>
     <t>3-101-250426</t>
-  </si>
-[...4 lines deleted...]
-    <t>SILVIA MARÍA GRILLO GONZÁLEZ</t>
   </si>
   <si>
     <t>MS-DRPIS-UNC-819-2025</t>
   </si>
   <si>
     <t>Autorización de industrialización de derivados de cáñamo y de productos de interés sanitario 
 con cáñamo</t>
   </si>
   <si>
-    <t>Preparaciones Magistrales</t>
-[...1 lines deleted...]
-  <si>
     <t>GMD LATINOAMÉRICA SOCIEDAD ANÓNIMA</t>
   </si>
   <si>
     <t>ALAJUELA- SAN RAFAEL-</t>
   </si>
   <si>
     <t>3-101-684545</t>
-  </si>
-[...4 lines deleted...]
-    <t>MARCO ANTONIO MONTEALEGRE DEL RÍO</t>
   </si>
   <si>
     <t>MS-DRPIS-UNC-1058-2025</t>
   </si>
   <si>
     <t>AUTORIZACIÓN DE IMPORTACIÓN DE MATERIAL VEGETAL Y/O DERIVADOS DE CÁÑAMO PARA SU COMERCIALIZACIÓN COMO MATERIA PRIMA PARA USO ALIMENTARIO O INDUSTRIAL</t>
   </si>
   <si>
     <t>Condominio Industrial Ofi Bodegas El Barreal, etapa #2, Heredia</t>
   </si>
   <si>
     <t>MS-DRPIS-UNC-1607-2025</t>
   </si>
   <si>
     <t>Autorización de Industrialización de Derivados de Cáñamo y de 
 Productos de Interés Sanitario con Cáñamo</t>
   </si>
   <si>
     <t>HIERBAS FRESCAS DE LA PRADERA S.A</t>
   </si>
   <si>
     <t>Cartago, Paraíso, El General, 3 kilómetros al norte de las oficinas del PANI asentamiento de la Pradera,</t>
   </si>
   <si>
     <t>3-101-658287</t>
   </si>
   <si>
-    <t xml:space="preserve"> felix_especies@hotmail.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-2483-2025</t>
   </si>
   <si>
     <t>Super Vapes</t>
   </si>
   <si>
     <t>Limon, Santa Rosa</t>
   </si>
   <si>
     <t>3-101-865552</t>
   </si>
   <si>
-    <t>delgadosolisk@yahoo.com</t>
-[...4 lines deleted...]
-  <si>
     <t>MS-DRPIS-UNC-2333-2025</t>
   </si>
   <si>
     <t xml:space="preserve">Laboratorios Zepol S.A </t>
   </si>
   <si>
     <t>San José, Curridabat</t>
   </si>
   <si>
     <t xml:space="preserve"> 3-101-003812</t>
   </si>
   <si>
     <t xml:space="preserve"> MS-DRPIS-UNC-3173-2025</t>
   </si>
   <si>
     <t>Autorización de Industrialización de Derivados de Cáñamo y de Productos de Interés Sanitario con Cáñamo.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cannaluv Internacional S.R.L</t>
+  </si>
+  <si>
+    <t>San José, Mata de Plátano, El Carmen</t>
+  </si>
+  <si>
+    <t>3-102-877562</t>
+  </si>
+  <si>
+    <t>MS-DRPIRS-3364-2025</t>
+  </si>
+  <si>
+    <t>Autorización de Industrialización de Derivados de Cáñamo y de  Productos de Interés Sanitario con Cáñamo y Autorización de Importación de Material Vegetal y/o  Derivados de Cáñamo para su Comercialización como Materia Prima para uso Alimentario o  Industrial</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFF2F2F2"/>
       <name val="Calibri Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFF2F2F2"/>
       <name val="Calibri Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF1F3864"/>
       <name val="Aptos Display"/>
@@ -817,913 +562,186 @@
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Display"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF1F3864"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="37">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...9 lines deleted...]
-    <border>
       <left style="thin">
-        <color rgb="FF000000"/>
-[...10 lines deleted...]
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
-      <top/>
-[...8 lines deleted...]
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...10 lines deleted...]
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...359 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...191 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="7" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...49 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...58 lines deleted...]
-</xdr:wsDr>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -1974,1663 +992,760 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:slarin@brentsbrews.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recursoshumanos@elmana.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alberto.cesore@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.@1010coffeecr.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@gmdlatinoamerica.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isolatecr@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recursoshumanos@elmana.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.@1010coffeecr.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgrillo@nutricare.co.cr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dominguez@jambotrade.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cilc.caop@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rreyes@moringapuravida.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anaya.ro.vi@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delgadosolisk@yahoo.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F740B3F-3D34-4C91-B083-F389CF826A9E}">
-  <dimension ref="A1:L29"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77DB0347-4D67-4C5C-A46F-84490B1C9CED}">
+  <dimension ref="A1:I29"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A26" workbookViewId="0">
+      <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="5.42578125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="15.85546875" customWidth="1"/>
+    <col min="1" max="1" width="5.453125" customWidth="1"/>
+    <col min="2" max="2" width="33.7265625" customWidth="1"/>
+    <col min="3" max="3" width="25.453125" customWidth="1"/>
+    <col min="4" max="4" width="18.453125" customWidth="1"/>
+    <col min="5" max="5" width="25.54296875" customWidth="1"/>
+    <col min="6" max="6" width="22.81640625" customWidth="1"/>
+    <col min="7" max="7" width="15.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="30.6" customHeight="1">
-[...12 lines deleted...]
-      <c r="A2" s="88" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A1" s="18"/>
+      <c r="B1" s="19"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
+    </row>
+    <row r="2" spans="1:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="89"/>
-[...11 lines deleted...]
-      <c r="A3" s="3" t="s">
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" ht="31" x14ac:dyDescent="0.35">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="26" t="s">
+      <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="29" t="s">
+      <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="30" t="s">
+      <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="31" t="s">
+      <c r="F3" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="26" t="s">
+      <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="28" t="s">
-[...10 lines deleted...]
-    <row r="4" spans="1:12" ht="115.5">
+      <c r="I3" s="1"/>
+    </row>
+    <row r="4" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A4" s="4">
         <v>1</v>
       </c>
-      <c r="B4" s="38" t="s">
+      <c r="B4" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="38" t="s">
+      <c r="C4" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="38" t="s">
+      <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="38" t="s">
+      <c r="E4" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="38" t="s">
-[...15 lines deleted...]
-    <row r="5" spans="1:12" ht="115.5">
+      <c r="F4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" s="5">
+        <v>47288</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A5" s="4">
         <v>2</v>
       </c>
-      <c r="B5" s="68" t="s">
-[...17 lines deleted...]
-      <c r="H5" s="70" t="s">
+      <c r="B5" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="I5" s="68" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:12" ht="115.5">
+      <c r="E5" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="5">
+        <v>47338</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A6" s="4">
         <v>3</v>
       </c>
-      <c r="B6" s="38" t="s">
-[...27 lines deleted...]
-    <row r="7" spans="1:12" ht="115.5">
+      <c r="B6" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="5">
+        <v>47341</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A7" s="4">
         <v>4</v>
       </c>
-      <c r="B7" s="80" t="s">
-[...27 lines deleted...]
-    <row r="8" spans="1:12" ht="115.5">
+      <c r="B7" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" s="5">
+        <v>47361</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A8" s="4">
         <v>5</v>
       </c>
-      <c r="B8" s="68" t="s">
-[...27 lines deleted...]
-    <row r="9" spans="1:12" ht="115.5">
+      <c r="B8" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="5">
+        <v>47578</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A9" s="4">
         <v>6</v>
       </c>
-      <c r="B9" s="38" t="s">
-[...27 lines deleted...]
-    <row r="10" spans="1:12" ht="115.5">
+      <c r="B9" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="5">
+        <v>47635</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A10" s="4">
         <v>7</v>
       </c>
-      <c r="B10" s="80" t="s">
-[...17 lines deleted...]
-      <c r="H10" s="82" t="s">
+      <c r="B10" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="I10" s="80" t="s">
-[...6 lines deleted...]
-    <row r="11" spans="1:12" ht="57.75">
+      <c r="F10" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="5">
+        <v>47613</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A11" s="4">
         <v>8</v>
       </c>
-      <c r="B11" s="80" t="s">
-[...27 lines deleted...]
-    <row r="12" spans="1:12" ht="115.5">
+      <c r="B11" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" s="7">
+        <v>47660</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A12" s="4">
         <v>9</v>
       </c>
-      <c r="B12" s="68" t="s">
-[...28 lines deleted...]
-      <c r="A13" s="7">
+      <c r="B12" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="72" t="s">
-[...27 lines deleted...]
-    <row r="14" spans="1:12" ht="115.5">
+      <c r="G12" s="5">
+        <v>47690</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="4">
+        <v>10</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" s="7">
+        <v>47662</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A14" s="4">
         <v>11</v>
       </c>
-      <c r="B14" s="68" t="s">
-[...28 lines deleted...]
-      <c r="A15" s="7">
+      <c r="B14" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" s="5">
+        <v>47704</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="4">
         <v>12</v>
       </c>
-      <c r="B15" s="72" t="s">
-[...27 lines deleted...]
-    <row r="16" spans="1:12" ht="115.5">
+      <c r="B15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" s="7">
+        <v>47721</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A16" s="4">
         <v>13</v>
       </c>
-      <c r="B16" s="68" t="s">
-[...28 lines deleted...]
-      <c r="A17" s="7">
+      <c r="B16" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" s="5">
+        <v>47749</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="4">
         <v>14</v>
       </c>
-      <c r="B17" s="72" t="s">
-[...27 lines deleted...]
-    <row r="18" spans="1:10" ht="115.5">
+      <c r="B17" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="G17" s="9">
+        <v>47753</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="87" x14ac:dyDescent="0.35">
       <c r="A18" s="4">
         <v>15</v>
       </c>
-      <c r="B18" s="76" t="s">
-[...20 lines deleted...]
-      <c r="I18" s="76" t="s">
+      <c r="B18" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="G18" s="9">
+        <v>47816</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="4">
+        <v>16</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="J18" s="79">
-[...36 lines deleted...]
-      <c r="A20" s="8">
+      <c r="E19" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G19" s="5">
+        <v>47827</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="87" x14ac:dyDescent="0.35">
+      <c r="A20" s="4">
         <v>17</v>
       </c>
-      <c r="B20" s="64" t="s">
-[...27 lines deleted...]
-    <row r="21" spans="1:10" ht="130.5">
+      <c r="B20" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G20" s="5">
+        <v>47858</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A21" s="4">
         <v>18</v>
       </c>
-      <c r="B21" s="38" t="s">
-[...27 lines deleted...]
-    <row r="22" spans="1:10" ht="101.25">
+      <c r="B21" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" s="9">
+        <v>47864</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="87" x14ac:dyDescent="0.35">
       <c r="A22" s="4">
         <v>19</v>
       </c>
-      <c r="B22" s="68" t="s">
-[...87 lines deleted...]
-      <c r="J24" s="60">
+      <c r="B22" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" s="9">
         <v>47871</v>
       </c>
     </row>
-    <row r="25" spans="1:10" ht="91.5">
-[...685 lines deleted...]
-    <row r="23" spans="1:7" ht="91.5">
+    <row r="23" spans="1:7" ht="87" x14ac:dyDescent="0.35">
       <c r="A23" s="4">
         <v>20</v>
       </c>
-      <c r="B23" s="39" t="s">
-[...14 lines deleted...]
-      <c r="G23" s="49">
+      <c r="B23" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>95</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" s="11">
         <v>47925</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="137.25">
+    <row r="24" spans="1:7" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A24" s="4">
         <v>21</v>
       </c>
-      <c r="B24" s="93" t="s">
-[...14 lines deleted...]
-      <c r="G24" s="96">
+      <c r="B24" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" s="11">
         <v>47911</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="87">
+    <row r="25" spans="1:7" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A25" s="4">
         <v>22</v>
       </c>
-      <c r="B25" s="92" t="s">
-[...14 lines deleted...]
-      <c r="G25" s="97">
+      <c r="B25" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" s="14">
         <v>47995</v>
       </c>
     </row>
-    <row r="26" spans="1:7" ht="213">
+    <row r="26" spans="1:7" ht="203" x14ac:dyDescent="0.35">
       <c r="A26" s="4">
         <v>23</v>
       </c>
-      <c r="B26" s="98" t="s">
-[...14 lines deleted...]
-      <c r="G26" s="94">
+      <c r="B26" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G26" s="14">
         <v>48057</v>
       </c>
     </row>
-    <row r="27" spans="1:7" ht="137.25">
-      <c r="A27" s="100">
+    <row r="27" spans="1:7" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="4">
         <v>24</v>
       </c>
-      <c r="B27" s="101" t="s">
-[...14 lines deleted...]
-      <c r="G27" s="103">
+      <c r="B27" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="G27" s="14">
         <v>48043</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="76.5">
-      <c r="A28" s="104">
+    <row r="28" spans="1:7" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="15">
         <v>25</v>
       </c>
-      <c r="B28" s="104" t="s">
-[...14 lines deleted...]
-      <c r="G28" s="106">
+      <c r="B28" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D28" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="F28" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="G28" s="17">
         <v>48100</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="185.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="4">
+        <v>26</v>
+      </c>
+      <c r="B29" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C29" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D29" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E29" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F29" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="G29" s="17">
+        <v>48194</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="224bd1f2-b763-4baf-837f-35338a420a71">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="aeeb46f7-5392-4ecb-af2f-a347249017e0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="224bd1f2-b763-4baf-837f-35338a420a71" xmlns:ns3="aeeb46f7-5392-4ecb-af2f-a347249017e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57d0e899d57d22f3a7b61f18d3283946" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101007D17613D42ACE5469B65594008B3F4AB" ma:contentTypeVersion="18" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="c05d778c8188601a7e16ddd57413ed03">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="224bd1f2-b763-4baf-837f-35338a420a71" xmlns:ns3="aeeb46f7-5392-4ecb-af2f-a347249017e0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="105b644fb1f65f9371b300b5ed40c2ae" ns2:_="" ns3:_="">
     <xsd:import namespace="224bd1f2-b763-4baf-837f-35338a420a71"/>
     <xsd:import namespace="aeeb46f7-5392-4ecb-af2f-a347249017e0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
@@ -3833,79 +1948,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{983D7343-EF8C-491A-BF78-EF44647639AF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6D55368-1486-4996-8412-8DABECCF2B35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="224bd1f2-b763-4baf-837f-35338a420a71"/>
+    <ds:schemaRef ds:uri="aeeb46f7-5392-4ecb-af2f-a347249017e0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65F3F1C2-C4C4-42F0-B9F0-0D2D87B45847}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{983D7343-EF8C-491A-BF78-EF44647639AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6D55368-1486-4996-8412-8DABECCF2B35}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AC43D4B-CDAE-4DE4-963D-B20286239820}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="224bd1f2-b763-4baf-837f-35338a420a71"/>
+    <ds:schemaRef ds:uri="aeeb46f7-5392-4ecb-af2f-a347249017e0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Publicación </vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Juan Carlos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007D17613D42ACE5469B65594008B3F4AB</vt:lpwstr>
   </property>